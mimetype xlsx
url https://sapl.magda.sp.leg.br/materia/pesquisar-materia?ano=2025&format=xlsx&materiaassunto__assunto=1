--- v0 (2025-10-26)
+++ v1 (2026-01-31)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="136" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="152" uniqueCount="71">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -202,50 +202,71 @@
     <t>149</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/149/pl_38_-_saude_-_piso_atencao_da_saude.pdf</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/155/pl_40_-_especial_anulacao_eletrica.pdf</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/163/pl_41_-_especial_saude_e_social.pdf</t>
+  </si>
+  <si>
+    <t>168</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/168/pl_42_-_especial.pdf</t>
+  </si>
+  <si>
+    <t>169</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/169/pl_43_-_suplementar_anulacao_geral.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a abrir Crédito Adicional Suplementar e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -549,56 +570,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/6/pl_04_-_especial_anulacao_e_superavit.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/7/pl_05_-_especial.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/35/pl_09_-_especial.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/46/pl_13_-_especial.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/48/pl_15_-_especial.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/62/pl_18_-_especial.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/72/pl_19_-_especial.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/88/pl_22_-_especial.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/104/pl_25_-_especial.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/108/pl_28_-_especial.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/117/pl_30_-_especial_superavit_quiosque.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/118/pl_31_-_especial_excesso_social.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/121/pl_34_-_especial_excesso_saude.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/149/pl_38_-_saude_-_piso_atencao_da_saude.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/155/pl_40_-_especial_anulacao_eletrica.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/163/pl_41_-_especial_saude_e_social.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/6/pl_04_-_especial_anulacao_e_superavit.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/7/pl_05_-_especial.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/35/pl_09_-_especial.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/46/pl_13_-_especial.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/48/pl_15_-_especial.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/62/pl_18_-_especial.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/72/pl_19_-_especial.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/88/pl_22_-_especial.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/104/pl_25_-_especial.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/108/pl_28_-_especial.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/117/pl_30_-_especial_superavit_quiosque.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/118/pl_31_-_especial_excesso_social.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/121/pl_34_-_especial_excesso_saude.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/149/pl_38_-_saude_-_piso_atencao_da_saude.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/155/pl_40_-_especial_anulacao_eletrica.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/163/pl_41_-_especial_saude_e_social.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/168/pl_42_-_especial.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/169/pl_43_-_suplementar_anulacao_geral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H17"/>
+  <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="109.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="101" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1012,68 +1033,122 @@
       <c r="A17" t="s">
         <v>61</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>62</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
         <v>12</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H17" t="s">
         <v>25</v>
       </c>
     </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>64</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>65</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>12</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="H18" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>67</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>68</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="H19" t="s">
+        <v>70</v>
+      </c>
+    </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>