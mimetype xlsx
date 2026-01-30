--- v0 (2025-10-25)
+++ v1 (2026-01-30)
@@ -10,134 +10,236 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="62">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>175</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Projeto de lei</t>
+  </si>
+  <si>
+    <t>Rodolfo Ferreira Kamá</t>
+  </si>
+  <si>
+    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/175/pl_44_-_outorga_de_escrituras.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a outorga de escrituras de doação a munícipes para regularizar situações anteriores à Lei de Licitações e dá outras providências.</t>
+  </si>
+  <si>
+    <t>177</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/177/pl_46_-_doacao_do_predio_da_acodes.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o recebimento, mediante doação sem encargos, de imóvel urbano na cidade de Magda e dá outras providências.</t>
+  </si>
+  <si>
     <t>152</t>
   </si>
   <si>
-    <t>2025</t>
-[...1 lines deleted...]
-  <si>
     <t>2</t>
   </si>
   <si>
     <t>PLCM</t>
   </si>
   <si>
     <t>Projeto de lei CM</t>
   </si>
   <si>
     <t>Humberto de Souza Gobbi, Amauri Martins Tardioli, Aparecido Ferreira, José Roberto Pirota, Maria Lina Morial Cardoso, Natan Pereira de Araújo, Pr. Ivano de Almeida, Victor Hugo Tardioli Costa</t>
   </si>
   <si>
     <t>https://sapl.magda.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Sociedade Organizada de Salvamento do Rio São José dos Dourados.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Ata Sessão Plenária Ordinária</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/161/ata_14_ordinaria_2025.pdf</t>
+    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/161/ata_14a_ordinaria_2025.pdf</t>
   </si>
   <si>
     <t>Ata 14ª Ordinária 2025</t>
   </si>
   <si>
+    <t>174</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>CTP</t>
+  </si>
+  <si>
+    <t>Contas da Prefeitura Municipal</t>
+  </si>
+  <si>
+    <t>CTFO - Comissão de Tributos, Finanças e Orçamento</t>
+  </si>
+  <si>
+    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/174/contas_da_prefeitura_2023.pdf</t>
+  </si>
+  <si>
+    <t>Contas Anuais da Prefeitura Municipal de Magda - Exercício 2023</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
+    <t>DENUN</t>
+  </si>
+  <si>
+    <t>Requerimento de Denúncia</t>
+  </si>
+  <si>
+    <t>Larissa Ferreira Bonfim</t>
+  </si>
+  <si>
+    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/115/req.denuncia.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento de denúncia em desfavor do Ver. Victor Hugo Tardioli Costa, no sentido de que o vereador citado encontra-se infringindo o Regimento Interno e Lei Orgânica do Município porque a aproximadamente 04 (quatro) meses reside no município de Votuporanga-SP.</t>
+  </si>
+  <si>
+    <t>156</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>MOC</t>
+  </si>
+  <si>
+    <t>Moção</t>
+  </si>
+  <si>
+    <t>Victor Hugo Tardioli Costa</t>
+  </si>
+  <si>
+    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/156/mocao_05-2025-victor.pdf</t>
+  </si>
+  <si>
+    <t>Manifesta apoio ao Projeto de Lei nº 5.312/2016, de autoria do Deputado Federal Fausto Pinato (PP-SP), pois à sua aprovação irá valorizar os profissionais que estão na linha de frente do SUS, todos os dias, cuidando da população.</t>
+  </si>
+  <si>
     <t>148</t>
   </si>
   <si>
-    <t>1</t>
-[...1 lines deleted...]
-  <si>
     <t>PLCCM</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar CM</t>
   </si>
   <si>
     <t>Regulamenta a aplicação da Lei Federal n° 13.709, de 14 de agosto de 2018 (Lei Geral de Proteção de Dados Pessoais - LGPD) no âmbito da Câmara Municipal de Magda e autoriza a criação do Comitê Gestor de Governança de Dados e Informações e dá outras providências.</t>
+  </si>
+  <si>
+    <t>182</t>
+  </si>
+  <si>
+    <t>ADM</t>
+  </si>
+  <si>
+    <t>Admissibilidade de matéria rejeitada</t>
+  </si>
+  <si>
+    <t>Admissibilidade do Projeto de lei complementar nº 05/2025, que altera a redação da Lei Complementar nº 47, de 12 de março de 2010, e dá outras providências</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -441,69 +543,69 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/161/ata_14_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/175/pl_44_-_outorga_de_escrituras.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/177/pl_46_-_doacao_do_predio_da_acodes.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/161/ata_14a_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/174/contas_da_prefeitura_2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/115/req.denuncia.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/156/mocao_05-2025-victor.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="170.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="92.85546875" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="239.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="107.28515625" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="242.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -525,96 +627,258 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>22</v>
+      </c>
+      <c r="E4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
+      <c r="G4" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>26</v>
       </c>
-      <c r="F4" t="s">
-[...5 lines deleted...]
-      <c r="H4" t="s">
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5" t="s">
         <v>27</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>31</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>38</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H6" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" t="s">
+        <v>41</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>35</v>
+      </c>
+      <c r="D7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E7" t="s">
+        <v>43</v>
+      </c>
+      <c r="F7" t="s">
+        <v>44</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="H7" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>47</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>48</v>
+      </c>
+      <c r="D8" t="s">
+        <v>49</v>
+      </c>
+      <c r="E8" t="s">
+        <v>50</v>
+      </c>
+      <c r="F8" t="s">
+        <v>51</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="H8" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>54</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>35</v>
+      </c>
+      <c r="D9" t="s">
+        <v>55</v>
+      </c>
+      <c r="E9" t="s">
+        <v>56</v>
+      </c>
+      <c r="F9" t="s">
+        <v>31</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H9" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>58</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>35</v>
+      </c>
+      <c r="D10" t="s">
+        <v>59</v>
+      </c>
+      <c r="E10" t="s">
+        <v>60</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H10" t="s">
+        <v>61</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
+    <hyperlink ref="G5" r:id="rId4"/>
+    <hyperlink ref="G6" r:id="rId5"/>
+    <hyperlink ref="G7" r:id="rId6"/>
+    <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>