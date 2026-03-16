--- v1 (2026-01-30)
+++ v2 (2026-03-16)
@@ -54,165 +54,165 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de lei</t>
   </si>
   <si>
     <t>Rodolfo Ferreira Kamá</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/175/pl_44_-_outorga_de_escrituras.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/175/pl_44_-_outorga_de_escrituras.pdf</t>
   </si>
   <si>
     <t>Autoriza a outorga de escrituras de doação a munícipes para regularizar situações anteriores à Lei de Licitações e dá outras providências.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/177/pl_46_-_doacao_do_predio_da_acodes.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/177/pl_46_-_doacao_do_predio_da_acodes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o recebimento, mediante doação sem encargos, de imóvel urbano na cidade de Magda e dá outras providências.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLCM</t>
   </si>
   <si>
     <t>Projeto de lei CM</t>
   </si>
   <si>
     <t>Humberto de Souza Gobbi, Amauri Martins Tardioli, Aparecido Ferreira, José Roberto Pirota, Maria Lina Morial Cardoso, Natan Pereira de Araújo, Pr. Ivano de Almeida, Victor Hugo Tardioli Costa</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/</t>
+    <t>http://sapl.magda.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Sociedade Organizada de Salvamento do Rio São José dos Dourados.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Ata Sessão Plenária Ordinária</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/161/ata_14a_ordinaria_2025.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/161/ata_14a_ordinaria_2025.pdf</t>
   </si>
   <si>
     <t>Ata 14ª Ordinária 2025</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>CTP</t>
   </si>
   <si>
     <t>Contas da Prefeitura Municipal</t>
   </si>
   <si>
     <t>CTFO - Comissão de Tributos, Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/174/contas_da_prefeitura_2023.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/174/contas_da_prefeitura_2023.pdf</t>
   </si>
   <si>
     <t>Contas Anuais da Prefeitura Municipal de Magda - Exercício 2023</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>DENUN</t>
   </si>
   <si>
     <t>Requerimento de Denúncia</t>
   </si>
   <si>
     <t>Larissa Ferreira Bonfim</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/115/req.denuncia.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/115/req.denuncia.pdf</t>
   </si>
   <si>
     <t>Requerimento de denúncia em desfavor do Ver. Victor Hugo Tardioli Costa, no sentido de que o vereador citado encontra-se infringindo o Regimento Interno e Lei Orgânica do Município porque a aproximadamente 04 (quatro) meses reside no município de Votuporanga-SP.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Victor Hugo Tardioli Costa</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/156/mocao_05-2025-victor.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/156/mocao_05-2025-victor.pdf</t>
   </si>
   <si>
     <t>Manifesta apoio ao Projeto de Lei nº 5.312/2016, de autoria do Deputado Federal Fausto Pinato (PP-SP), pois à sua aprovação irá valorizar os profissionais que estão na linha de frente do SUS, todos os dias, cuidando da população.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>PLCCM</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar CM</t>
   </si>
   <si>
     <t>Regulamenta a aplicação da Lei Federal n° 13.709, de 14 de agosto de 2018 (Lei Geral de Proteção de Dados Pessoais - LGPD) no âmbito da Câmara Municipal de Magda e autoriza a criação do Comitê Gestor de Governança de Dados e Informações e dá outras providências.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>ADM</t>
   </si>
   <si>
     <t>Admissibilidade de matéria rejeitada</t>
   </si>
@@ -543,68 +543,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/175/pl_44_-_outorga_de_escrituras.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/177/pl_46_-_doacao_do_predio_da_acodes.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/161/ata_14a_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/174/contas_da_prefeitura_2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/115/req.denuncia.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/156/mocao_05-2025-victor.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/175/pl_44_-_outorga_de_escrituras.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/177/pl_46_-_doacao_do_predio_da_acodes.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/161/ata_14a_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/174/contas_da_prefeitura_2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/115/req.denuncia.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/156/mocao_05-2025-victor.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="170.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="107.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="106.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="242.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>