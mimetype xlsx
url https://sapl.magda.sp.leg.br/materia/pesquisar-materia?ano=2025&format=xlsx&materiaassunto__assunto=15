--- v0 (2025-10-24)
+++ v1 (2026-01-30)
@@ -57,51 +57,51 @@
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQIN</t>
   </si>
   <si>
     <t>Requerimento de Informação</t>
   </si>
   <si>
     <t>José Roberto Pirota</t>
   </si>
   <si>
     <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/110/req_inf_01-2025-jose_roberto.pdf</t>
   </si>
   <si>
-    <t>Requer, nos termos do art. 206 do Regimento Interno, seja oficiado a Superintende do Instituto de Previdência Municipal de Magda, a fim de que, no prazo legal, preste as seguintes informações referentes ao ano de 2025:_x000D_
+    <t>Requer, nos termos do art. 206 do Regimento Interno, seja oficiado a Superintendente do Instituto de Previdência Municipal de Magda, a fim de que, no prazo legal, preste as seguintes informações referentes ao ano de 2025:_x000D_
 1- Informar o valor da folha de pagamento com os aposentados e pensionistas;_x000D_
 2- Informar o valor das despesas administrativas do Iprem;_x000D_
 3- Informar o valor arrecadado com a contribuição patronal;_x000D_
 4- Informar o valor arrecadado com a contribuição funcional;_x000D_
 5- Informar o valor arrecadado com aporte financeiro;_x000D_
 6- Informar o valor arrecadado com os parcelamentos;_x000D_
 7- Informar o saldo total do Instituto.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Amauri Martins Tardioli</t>
   </si>
   <si>
     <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/111/req_inf_02-2025-amauri.pdf</t>
   </si>
   <si>
     <t>Requer, nos termos do art. 206 do Regimento Interno, seja oficiado ao Excelentíssimo Senhor Prefeito do Município de Magda, a fim de que, no prazo legal, preste as seguintes informações sobre a Administração Municipal:_x000D_
 1- Informar o estado atual de conservação da Ponte sobre o Córrego Talhados, localizada na estrada Municipal José Dourado._x000D_
 2- Informar se há necessidade de reparos na infraestrutura da Ponte em decorrência de deterioração estrutural ou de qualquer outro tipo de comprometimento da sua estrutura._x000D_
 3- Informar se o estado de conservação da ponte compromete à segurança viária no local._x000D_
@@ -450,51 +450,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/110/req_inf_01-2025-jose_roberto.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/111/req_inf_02-2025-amauri.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="21.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="99.42578125" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="199" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="199.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">