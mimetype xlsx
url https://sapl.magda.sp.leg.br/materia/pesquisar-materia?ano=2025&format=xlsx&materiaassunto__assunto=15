--- v1 (2026-01-30)
+++ v2 (2026-03-17)
@@ -54,73 +54,73 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQIN</t>
   </si>
   <si>
     <t>Requerimento de Informação</t>
   </si>
   <si>
     <t>José Roberto Pirota</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/110/req_inf_01-2025-jose_roberto.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/110/req_inf_01-2025-jose_roberto.pdf</t>
   </si>
   <si>
     <t>Requer, nos termos do art. 206 do Regimento Interno, seja oficiado a Superintendente do Instituto de Previdência Municipal de Magda, a fim de que, no prazo legal, preste as seguintes informações referentes ao ano de 2025:_x000D_
 1- Informar o valor da folha de pagamento com os aposentados e pensionistas;_x000D_
 2- Informar o valor das despesas administrativas do Iprem;_x000D_
 3- Informar o valor arrecadado com a contribuição patronal;_x000D_
 4- Informar o valor arrecadado com a contribuição funcional;_x000D_
 5- Informar o valor arrecadado com aporte financeiro;_x000D_
 6- Informar o valor arrecadado com os parcelamentos;_x000D_
 7- Informar o saldo total do Instituto.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Amauri Martins Tardioli</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/111/req_inf_02-2025-amauri.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/111/req_inf_02-2025-amauri.pdf</t>
   </si>
   <si>
     <t>Requer, nos termos do art. 206 do Regimento Interno, seja oficiado ao Excelentíssimo Senhor Prefeito do Município de Magda, a fim de que, no prazo legal, preste as seguintes informações sobre a Administração Municipal:_x000D_
 1- Informar o estado atual de conservação da Ponte sobre o Córrego Talhados, localizada na estrada Municipal José Dourado._x000D_
 2- Informar se há necessidade de reparos na infraestrutura da Ponte em decorrência de deterioração estrutural ou de qualquer outro tipo de comprometimento da sua estrutura._x000D_
 3- Informar se o estado de conservação da ponte compromete à segurança viária no local._x000D_
 4- Informar quais medidas estão sendo adotadas pela Prefeitura em relação à manutenção e/ou recuperação estrutural da Ponte._x000D_
 5- Informar se há previsão de obras emergenciais quanto à manutenção e/ou recuperação estrutural da Ponte e, se a resposta seja positiva, informar qual o prazo para sua conclusão.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
@@ -432,68 +432,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/110/req_inf_01-2025-jose_roberto.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/111/req_inf_02-2025-amauri.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/110/req_inf_01-2025-jose_roberto.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/111/req_inf_02-2025-amauri.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="21.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="99.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="98.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="199.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>