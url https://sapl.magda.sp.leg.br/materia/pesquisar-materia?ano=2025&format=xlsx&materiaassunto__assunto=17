--- v0 (2025-10-25)
+++ v1 (2026-01-30)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="67">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -96,78 +96,156 @@
   <si>
     <t>105</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/105/ata_8a_ordinaria_2025.pdf</t>
   </si>
   <si>
     <t>Ata 8ª Ordinária 2025</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/114/ata_09_ordinaria_2025.pdf</t>
   </si>
   <si>
     <t>Ata 9ª Ordinária 2025</t>
   </si>
   <si>
+    <t>135</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/135/ata_10a_ordinaria_2025.pdf</t>
+  </si>
+  <si>
+    <t>Ata 10ª Ordinária 2025</t>
+  </si>
+  <si>
     <t>145</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/145/ata_11a_ordinaria_2025.pdf</t>
   </si>
   <si>
     <t>Ata 11ª Ordinária 2025</t>
   </si>
   <si>
+    <t>151</t>
+  </si>
+  <si>
     <t>12</t>
   </si>
   <si>
+    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/151/ata_12_ordinaria_2025.pdf</t>
+  </si>
+  <si>
+    <t>Ata 12ª Ordinária 2025</t>
+  </si>
+  <si>
+    <t>153</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/153/ata_13_ordinaria_2025.pdf</t>
+  </si>
+  <si>
+    <t>Ata 13ª Ordinária 2025</t>
+  </si>
+  <si>
+    <t>164</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/164/ata_15a_ordinaria_2025.pdf</t>
+  </si>
+  <si>
+    <t>Ata 15ª Ordinária 2025</t>
+  </si>
+  <si>
+    <t>165</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/165/ata_16a_ordinaria_2025.pdf</t>
+  </si>
+  <si>
+    <t>Ata 16ª Ordinária 2025</t>
+  </si>
+  <si>
+    <t>172</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/172/ata_17a_ordinaria_2025..pdf</t>
+  </si>
+  <si>
+    <t>Ata 17ª Ordinária 2025</t>
+  </si>
+  <si>
+    <t>183</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/183/ata_18_ordinaria_2025.pdf</t>
+  </si>
+  <si>
+    <t>Ata 18ª Ordinária 2025</t>
+  </si>
+  <si>
     <t>1</t>
   </si>
   <si>
     <t>Ata Instalação Legislatura</t>
   </si>
   <si>
     <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/12/ata_de_posse_2025-2028.pdf</t>
   </si>
   <si>
     <t>Sessão Solene-Instalação da 18ª Legislatura (2025-2028)</t>
-  </si>
-[...1 lines deleted...]
-    <t>13</t>
   </si>
   <si>
     <t>Ata Eleição Componentes da Mesa</t>
   </si>
   <si>
     <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/13/ata_eleicao_da_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Eleição dos componentes da Mesa-biênio (2025-2026)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
@@ -480,56 +558,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/101/ata_06_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/103/ata_07_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/105/ata_8a_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/114/ata_09_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/145/ata_11a_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/12/ata_de_posse_2025-2028.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/13/ata_eleicao_da_mesa_diretora.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/101/ata_06_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/103/ata_07_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/105/ata_8a_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/114/ata_09_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/135/ata_10a_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/145/ata_11a_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/151/ata_12_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/153/ata_13_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/164/ata_15a_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/165/ata_16a_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/172/ata_17a_ordinaria_2025..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/183/ata_18_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/12/ata_de_posse_2025-2028.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/13/ata_eleicao_da_mesa_diretora.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="13.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="99.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="50.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -671,97 +749,286 @@
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>30</v>
       </c>
       <c r="H6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>32</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>33</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" s="1" t="s">
+      <c r="H7" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
         <v>37</v>
       </c>
-      <c r="B8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" s="1" t="s">
+      <c r="H8" t="s">
         <v>39</v>
       </c>
-      <c r="H8" t="s">
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
         <v>40</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>41</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="H9" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>44</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>45</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="H10" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>48</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>49</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="H11" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>52</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>53</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H12" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>56</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="H13" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>37</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>60</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>61</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H14" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>41</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>60</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>64</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="H15" t="s">
+        <v>66</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>