--- v1 (2026-01-30)
+++ v2 (2026-03-17)
@@ -54,204 +54,204 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Ata Sessão Plenária Ordinária</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/101/ata_06_ordinaria_2025.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/101/ata_06_ordinaria_2025.pdf</t>
   </si>
   <si>
     <t>Ata 6ª Ordinária 2025</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/103/ata_07_ordinaria_2025.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/103/ata_07_ordinaria_2025.pdf</t>
   </si>
   <si>
     <t>Ata 7ª Ordinária 2025</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/105/ata_8a_ordinaria_2025.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/105/ata_8a_ordinaria_2025.pdf</t>
   </si>
   <si>
     <t>Ata 8ª Ordinária 2025</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/114/ata_09_ordinaria_2025.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/114/ata_09_ordinaria_2025.pdf</t>
   </si>
   <si>
     <t>Ata 9ª Ordinária 2025</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/135/ata_10a_ordinaria_2025.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/135/ata_10a_ordinaria_2025.pdf</t>
   </si>
   <si>
     <t>Ata 10ª Ordinária 2025</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/145/ata_11a_ordinaria_2025.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/145/ata_11a_ordinaria_2025.pdf</t>
   </si>
   <si>
     <t>Ata 11ª Ordinária 2025</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/151/ata_12_ordinaria_2025.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/151/ata_12_ordinaria_2025.pdf</t>
   </si>
   <si>
     <t>Ata 12ª Ordinária 2025</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/153/ata_13_ordinaria_2025.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/153/ata_13_ordinaria_2025.pdf</t>
   </si>
   <si>
     <t>Ata 13ª Ordinária 2025</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/164/ata_15a_ordinaria_2025.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/164/ata_15a_ordinaria_2025.pdf</t>
   </si>
   <si>
     <t>Ata 15ª Ordinária 2025</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/165/ata_16a_ordinaria_2025.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/165/ata_16a_ordinaria_2025.pdf</t>
   </si>
   <si>
     <t>Ata 16ª Ordinária 2025</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/172/ata_17a_ordinaria_2025..pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/172/ata_17a_ordinaria_2025..pdf</t>
   </si>
   <si>
     <t>Ata 17ª Ordinária 2025</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/183/ata_18_ordinaria_2025.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/183/ata_18_ordinaria_2025.pdf</t>
   </si>
   <si>
     <t>Ata 18ª Ordinária 2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>Ata Instalação Legislatura</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/12/ata_de_posse_2025-2028.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/12/ata_de_posse_2025-2028.pdf</t>
   </si>
   <si>
     <t>Sessão Solene-Instalação da 18ª Legislatura (2025-2028)</t>
   </si>
   <si>
     <t>Ata Eleição Componentes da Mesa</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/13/ata_eleicao_da_mesa_diretora.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/13/ata_eleicao_da_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Eleição dos componentes da Mesa-biênio (2025-2026)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -558,68 +558,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/101/ata_06_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/103/ata_07_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/105/ata_8a_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/114/ata_09_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/135/ata_10a_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/145/ata_11a_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/151/ata_12_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/153/ata_13_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/164/ata_15a_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/165/ata_16a_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/172/ata_17a_ordinaria_2025..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/183/ata_18_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/12/ata_de_posse_2025-2028.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/13/ata_eleicao_da_mesa_diretora.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/101/ata_06_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/103/ata_07_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/105/ata_8a_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/114/ata_09_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/135/ata_10a_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/145/ata_11a_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/151/ata_12_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/153/ata_13_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/164/ata_15a_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/165/ata_16a_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/172/ata_17a_ordinaria_2025..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/183/ata_18_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/12/ata_de_posse_2025-2028.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/13/ata_eleicao_da_mesa_diretora.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="13.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="99.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="98.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="50.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>