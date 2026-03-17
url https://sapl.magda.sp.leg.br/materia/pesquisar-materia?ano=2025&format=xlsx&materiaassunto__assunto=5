--- v0 (2026-01-30)
+++ v1 (2026-03-17)
@@ -54,183 +54,183 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>LOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Rodolfo Ferreira Kamá</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/71/proposta_de_emenda_lom_01.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/71/proposta_de_emenda_lom_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do Inciso “I” do artigo 84, que regulamenta o prazo para encaminhamento pelo Chefe do Poder Executivo Municipal do Projeto de Lei do Plano Plurianual e dá outras providências.</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de lei</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/1/pl_01_-_altera_gratificacao_da_camara_de_conciliacao.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/1/pl_01_-_altera_gratificacao_da_camara_de_conciliacao.pdf</t>
   </si>
   <si>
     <t>Altera o § 1º do Art. 2º da Lei nº 913, de 10 de Agosto de 2011 e dá outras disposições.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/34/pl_08_-_altera_refis.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/34/pl_08_-_altera_refis.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 1º da Lei Nº 1.707, de 08 de janeiro de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/44/pl_11_-_plano_de_amortizacao_iprem_completo.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/44/pl_11_-_plano_de_amortizacao_iprem_completo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração do Plano de Custeio do Regime Próprio de Previdência Social dos Servidores do Município de Magda.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/45/pl_12_-_contribuicao_2025_altera_completo.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/45/pl_12_-_contribuicao_2025_altera_completo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1.710, de 29 de janeiro de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/180/pl_49_-_altera_ajuda_de_custo.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/180/pl_49_-_altera_ajuda_de_custo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da Ajuda de Custo estabelecida pela Lei nº 1.033/2013 e dá outras providências.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de lei complementar</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/37/plc_01_-_altera_anexo_i_da_lc120.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/37/plc_01_-_altera_anexo_i_da_lc120.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do Anexo IV da Lei Complementar nº 120, de 13 de Março de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/58/plc_02_-_altera_lc_113.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/58/plc_02_-_altera_lc_113.pdf</t>
   </si>
   <si>
     <t>Altera a redação da Lei Complementar nº 113, de 27 de Setembro de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/89/plc_03_-_extingue_cargo.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/89/plc_03_-_extingue_cargo.pdf</t>
   </si>
   <si>
     <t>Extingue o cargo de Procurador Jurídico do IPREM e dá outras providências.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/122/plc_04-2025.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/122/plc_04-2025.pdf</t>
   </si>
   <si>
     <t>Altera a redação da Lei Complementar nº 47, de 12 de março de 2010, e dá outras providências.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/171/plc_05_-_altera_lc_47_-_mp.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/171/plc_05_-_altera_lc_47_-_mp.pdf</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/181/plc_06_-_altera_anexo_iv_da_lc117.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/181/plc_06_-_altera_anexo_iv_da_lc117.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações do Anexo IV da Lei Complementar nº 117, de 13 de dezembro de 2023 e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -537,68 +537,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/71/proposta_de_emenda_lom_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/1/pl_01_-_altera_gratificacao_da_camara_de_conciliacao.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/34/pl_08_-_altera_refis.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/44/pl_11_-_plano_de_amortizacao_iprem_completo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/45/pl_12_-_contribuicao_2025_altera_completo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/180/pl_49_-_altera_ajuda_de_custo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/37/plc_01_-_altera_anexo_i_da_lc120.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/58/plc_02_-_altera_lc_113.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/89/plc_03_-_extingue_cargo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/122/plc_04-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/171/plc_05_-_altera_lc_47_-_mp.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/181/plc_06_-_altera_anexo_iv_da_lc117.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/71/proposta_de_emenda_lom_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/1/pl_01_-_altera_gratificacao_da_camara_de_conciliacao.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/34/pl_08_-_altera_refis.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/44/pl_11_-_plano_de_amortizacao_iprem_completo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/45/pl_12_-_contribuicao_2025_altera_completo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/180/pl_49_-_altera_ajuda_de_custo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/37/plc_01_-_altera_anexo_i_da_lc120.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/58/plc_02_-_altera_lc_113.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/89/plc_03_-_extingue_cargo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/122/plc_04-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/171/plc_05_-_altera_lc_47_-_mp.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/181/plc_06_-_altera_anexo_iv_da_lc117.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="119.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="118.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="180.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>