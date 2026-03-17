--- v0 (2026-01-30)
+++ v1 (2026-03-17)
@@ -54,855 +54,855 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>INDIC</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Valdemar Cardoso Neto</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/14/indic_01-2025_neto.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/14/indic_01-2025_neto.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito a possibilidade de, com fundamento no artigo 134 da Lei Federal nº 8.069/1990 (Estatuto da Criança e do Adolescente), encaminhar projeto de lei majorando a remuneração dos membros do Conselho Tutelar.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Humberto de Souza Gobbi</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/15/indic_02-2025_humberto.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/15/indic_02-2025_humberto.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de construir pontos de ônibus nos locais de embarque e desembarque de alunos.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/16/indic_03-2025_humberto.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/16/indic_03-2025_humberto.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de instalar placas de identificação nas ruas do Conjunto Habitacional Pedro Teixeira.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Pr. Ivano de Almeida</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/17/indic_04-2025_ver_pr._ivano.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/17/indic_04-2025_ver_pr._ivano.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de construir acostamento na segunda entrada da Agropecuária CFM, sentido Magda – Valentim Gentil.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Aparecido Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/18/indic_05-2025_aparecido.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/18/indic_05-2025_aparecido.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de reajustar o valor do tíquete alimentação e revogar a previsão que autoriza descontos em caso de faltas justificadas.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/19/indic_06-2025_aparecido.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/19/indic_06-2025_aparecido.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de construir banheiros masculino e feminino na Praça Pedro Giantomassi.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>José Roberto Pirota</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/20/indic_07-2025_jose_roberto_.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/20/indic_07-2025_jose_roberto_.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de implementar sinalização de estacionamento em sentido único nas ruas Valter Gomes Alcazas, Cesário Alves Vieira e Sete de Setembro.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/21/indic_08-2025_ver.jose_roberto.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/21/indic_08-2025_ver.jose_roberto.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de contratar e/ou designar servidor para acompanhar pacientes idosos, dependentes e/ou que não possuam familiares disponíveis para acompanhá-los em consultas e exames médicos.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/22/indic_09-2025_ver.jose_roberto.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/22/indic_09-2025_ver.jose_roberto.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito para que encaminhe à Câmara Municipal Proposta de Emenda à Lei Orgânica alterando o §2º do artigo 65 para instituir como data-base dos servidores públicos o mês de janeiro.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Natan Pereira de Araújo</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/23/indic_10-2025-natan.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/23/indic_10-2025-natan.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de instalação de postes e/ou luminárias na avenida marginal do Distrito Industrial.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/24/indic_11-2025_natan.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/24/indic_11-2025_natan.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito a adoção de providências para disponibilizar gratuitamente sinal de internet via wi-fi na Praça Matriz com velocidade de conexão compatível com o local.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/25/indic_12-2025_natan.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/25/indic_12-2025_natan.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de instalação de aparelho de ar-condicionado compatível na sala de pilates do Centro de Especialidades.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/26/indic_13-2025_natan.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/26/indic_13-2025_natan.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de demolir e refazer o muro do Estádio Municipal Pedro Giantomassi, que faz divisa com a rua Pedro Góes Neto.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/27/indic_14-2025_natan.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/27/indic_14-2025_natan.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de construir um minicampo no Centro de Lazer do Trabalhador “Oraci Inácio de Oliveira”.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/28/indic_15-2025_natan.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/28/indic_15-2025_natan.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de estabelecer sinalização de direção em sentido único nas ruas Cesário Alves Vieira e Sete de Setembro.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/29/indic_16-2025_natan.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/29/indic_16-2025_natan.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de realizar obras para melhorar a captação de águas pluviais que escoam nas ruas Sete de Setembro e Cesário Alves Vieira.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/30/indic_17-2025_ver.pr.ivano.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/30/indic_17-2025_ver.pr.ivano.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de adquirir em torno de 20 (vinte) jogos de mesas, providenciar manutenção nos ventiladores e revisar os equipamentos do Centro de Lazer do Trabalhador “Oraci Inácio de Oliveira”.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/31/indic_18-2025_ver_pr._ivano.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/31/indic_18-2025_ver_pr._ivano.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de disponibilizar atividades físicas e aquáticas para crianças com transtorno do espectro autista, crianças com deficiência e adultos com deficiência.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/32/indic_19-2025_neto.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/32/indic_19-2025_neto.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito a possibilidade de implementar mão única de direção nas ruas adjacentes a EE Manoel dos Santos, EMEF Waldomiro Lojúdice e CEMEI Neusa Bento da Cruz.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/39/indic_20-2025_pr._ivano.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/39/indic_20-2025_pr._ivano.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito a possibilidade de instalar parque infantil (playground) na praça Jovelino Ferreira.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/40/indic_21-2025_humberto.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/40/indic_21-2025_humberto.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de instalar câmeras de monitoramento na área verde do Conjunto Habitacional Pedro Teixeira.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/41/indic_22-2025_jose_roberto.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/41/indic_22-2025_jose_roberto.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito a possibilidade de construir lombadas do tipo "quebra-molas", bem como demarcar com divisão de faixa na rua Júlio Ferreira, entre os lotes 14/15 e 16/17.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/49/indic_23-2025_jose_roberto.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/49/indic_23-2025_jose_roberto.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de contratação de empresa especializada em serviços de segurança e medicina do trabalho para avaliar o ambiente e as condições de trabalho dos servidores públicos municipais.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/50/indic_24-2025_natan.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/50/indic_24-2025_natan.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito realizar manutenção de todos os equipamentos de academia ao ar livre.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/51/indic_25-2025_humberto.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/51/indic_25-2025_humberto.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de instalar ar-condicionado nos veículos que fazem o transporte público de alunos.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/52/indic_26-2025_humberto.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/52/indic_26-2025_humberto.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de construir uma cobertura externa no Centro Municipal de Educação Infantil – CEMEI Professora Neusa Bento da Cruz.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>Victor Hugo Tardioli Costa</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/53/indic_27-2025_victor.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/53/indic_27-2025_victor.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de implantação de uma brigada municipal de combate a incêndios.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/54/indic_28-2025_pr._ivano.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/54/indic_28-2025_pr._ivano.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de contratar mais um(a) psicólogo(a) para o Departamento Municipal de Saúde.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/55/indic_29-2025_natan.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/55/indic_29-2025_natan.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de solicitar que seja realizado pelos servidores públicos municipais um “mutirão” de limpeza nas imediações da cidade, para combate ao mosquito Aedes Aegypti.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/61/indicacao_30-2025.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/61/indicacao_30-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de encaminhar projeto de lei à Câmara Municipal isentando do pagamento de IPTU pessoas portadoras de neoplasia maligna (câncer), HIV, paralisia cerebral, paraplegia, tetraplegia, insuficiência renal crônica (em tratamento de hemodiálise), autismo etc.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/64/indic_31-2025_pastor_cido.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/64/indic_31-2025_pastor_cido.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de instalar bebedouro de água potável na Praça Pedro Giantomassi.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/65/indic_32-2025_neto.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/65/indic_32-2025_neto.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de realizar obras para melhorar a captação de águas pluviais que escoam na Avenida da Saudade, esquina com a Rua Antônio Claudino Damaceno.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Maria Lina Morial Cardoso</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/66/indic_33-2025_maria_lina.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/66/indic_33-2025_maria_lina.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de substituir a tela de proteção do Estádio Municipal Pedro Giantomassi.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/67/indic_34-2025-maria_lina.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/67/indic_34-2025-maria_lina.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de adquirir cestos de lixo com capacidade para armazenamento de 200 litros para serem instalados em pontos estratégicos do Município.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/68/indic_35-2025-maria_lina.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/68/indic_35-2025-maria_lina.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de realizar o recapeamento asfáltico na rua Cesário Alves Vieira.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/69/indic_36-2025_victor_hugo.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/69/indic_36-2025_victor_hugo.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de realizar estudos para majoração do percentual da gratificação pelo Regime Especial de Trabalho, aos servidores que estão trabalhando, de modo excessivo, além de sua carga horária regular.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/70/indic_37-2025_ver._pr._ivano.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/70/indic_37-2025_ver._pr._ivano.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de contratar mais um(a) fisioterapeuta para o Departamento Municipal de Saúde.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/</t>
+    <t>http://sapl.magda.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de melhorar a iluminação pública da rua Magdalena Navachi Perina, esquina com a rua Renato Luiz Marques (próximo ao lote do Marolo).</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/75/indicacao_39-2025-ver._polodo.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/75/indicacao_39-2025-ver._polodo.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de fornecer uniformes escolares para os alunos da Escola Estadual Manoel dos Santos.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/76/indicacao_40-2025-ver.pr.ivano.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/76/indicacao_40-2025-ver.pr.ivano.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de instalar rede de energia elétrica no Distrito Industrial José Lóis Oureiro, nos locais que ainda não possui.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/77/indicacao_41-2025-ver.maria_lina.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/77/indicacao_41-2025-ver.maria_lina.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de instalar iluminação na rua Antônio Leite Cavalcante.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/82/indic_42-2025-ver.natan.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/82/indic_42-2025-ver.natan.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de construir uma cobertura externa na porta de entrada do Posto de Saúde.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/83/indic_43-2025-ver.natan.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/83/indic_43-2025-ver.natan.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de realizar melhorias no telhado do Posto de Saúde.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/84/indic_44-2025-ver.natan.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/84/indic_44-2025-ver.natan.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de realizar reparos e melhorias no telhado e demais locais onde ocorre acúmulo de água em dias de chuva, no CEMEI Profa. Neusa Bento da Cruz.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/85/indic_45-2025-ver.natan.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/85/indic_45-2025-ver.natan.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de realizar obras de melhoria no escoamento de águas pluviais das faixas elevadas (lombo-faixas).</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/86/indic_46-2025-ver.pr.cido.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/86/indic_46-2025-ver.pr.cido.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito a possibilidade de fornecimento de tíquete alimentação para os servidores públicos temporários/terceirizados.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/87/indic_47-2025-ver.neto.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/87/indic_47-2025-ver.neto.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de realizar à troca/substituição de lâmpadas queimadas nos postes de iluminação da pista de caminhada.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/90/indic_48-2025-ver.maria_lina.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/90/indic_48-2025-ver.maria_lina.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de construir uma lombada do tipo “quebra-molas” na rua Renato Luiz Marques, nas proximidades da estação da Sabesp.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/91/indic_49-2025-ver.maria_lina.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/91/indic_49-2025-ver.maria_lina.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de proceder reforma e manutenção dos banheiros do salão social do Centro de Lazer do Trabalhador “Oraci Inácio de Oliveira”.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/92/indic_50-2025-ver.natan.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/92/indic_50-2025-ver.natan.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de inserir nas placas denominativas das ruas os novos códigos de endereçamento postal implementados pelos correios.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/93/indic_51-2025-ver.pr.ivano.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/93/indic_51-2025-ver.pr.ivano.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito a possibilidade de construir uma lombada do tipo “quebra-molas” na rua Antônio Claudino Damasceno.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/94/indic_52-2025-ver.pr.ivano.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/94/indic_52-2025-ver.pr.ivano.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito para que enviei projeto de lei a Câmara Municipal denominando EVANDRO BISPO, a Pista de Caminhada que será construída no Residencial Bela Vista.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/97/indic_53-2025_ver.humberto.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/97/indic_53-2025_ver.humberto.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de realizar reparos e melhorias no telhado do Cemitério Municipal.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/98/indic_54-2025-ver._neto.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/98/indic_54-2025-ver._neto.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito que proceda à manutenção e/ou conserto de todos os equipamentos e aparelhos de fisioterapia do Centro de Especialidades.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/99/indic_55-2025-ver._neto.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/99/indic_55-2025-ver._neto.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à aquisição de novos aparelhos de fisioterapia para o Centro de Especialidades.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/100/indic_56-2025-ver._natan.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/100/indic_56-2025-ver._natan.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito realizar uma reunião com representantes da Sabesp para melhorar a qualidade dos serviços de restauração do asfalto após a realização de obras nas vias públicas municipais.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/102/indic_57-2025-ver._natan.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/102/indic_57-2025-ver._natan.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de instalar câmeras de monitoramento no prédio destinado as atividades de hidroginástica.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/112/indic_58-2025_natan.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/112/indic_58-2025_natan.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito que proceda à limpeza e higienização do bebedouro da Praça Matriz.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/113/indic_59-2025_natan.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/113/indic_59-2025_natan.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de tapar o buraco existente na sarjeta situada na travessa da rua Mario Luís de Souza com a rua André Giantomassi.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/129/indic_60-2025-neto.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/129/indic_60-2025-neto.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de instalar bebedouro de água na pista de caminhada “Leonardo José Barbosa”, nas proximidades da casa do “Biscoito”.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/130/indic_61-2025-pr._ivano.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/130/indic_61-2025-pr._ivano.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de ampliação do Cemitério Público Municipal.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/131/indic_62-2025-natan.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/131/indic_62-2025-natan.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de realizar obras de melhoria no escoamento de águas pluviais na guia de sarjeta da rua Cesário Alves Vieira, defronte a Farmácia do Janderson.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/132/indic_63-2025-pr.cido.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/132/indic_63-2025-pr.cido.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito a possibilidade de encaminhar Projeto de Lei Complementar alterando à Lei Complementar nº 47, de 12 de março de 2010 (Estatuto dos Servidores Públicos do Município de Magda).</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/133/indic_64-2025-humberto.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/133/indic_64-2025-humberto.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito a possibilidade de encaminhar Projeto de Lei Complementar aumentando a quantidade de letras da Tabela de Vencimentos dos servidores públicos do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/134/indic_65-2025-maria_lina.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/134/indic_65-2025-maria_lina.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de inserir sinalização de trânsito horizontal na pavimentação asfáltica da Avenida Santa Terezinha.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/136/indic_66-2025-ver.neto.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/136/indic_66-2025-ver.neto.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de construir uma lombada do tipo "quebra-molas" na rua Simão Vieira da Costa, Residencial Jardim Simões, em frente à residência do "Neguim Pedreiro".</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/137/indic_67-2025-ver.humberto.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/137/indic_67-2025-ver.humberto.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de realizar obras de melhorias no sistema de escoamento de águas pluviais na travessia da Rua Antonio Carreira com a Rua Leonildo Gitti, localizada no Conjunto Habitacional Pedro Teixeira.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/139/indic_68-2025_natan.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/139/indic_68-2025_natan.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de adquirir equipamentos necessários para a implantação de uma nova turma de Pilates no município.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/140/indic_69-2025_pr._ivano.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/140/indic_69-2025_pr._ivano.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito a possibilidade de disponibilizar transporte quinzenalmente aos munícipes até a cidade de General Salgado, com a finalidade de possibilitar o recebimento de salários e aposentadorias, tendo em vista que nosso município não dispõe de agência bancária.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/147/indic_70-2025_natan.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/147/indic_70-2025_natan.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito a possibilidade de adquirir e disponibilizar caçambas para recolhimento de entulhos.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito a possibilidade de inserir sinalização de trânsito do bueiro da estrada Municipal Prefeito Wilson Perina, próximo ao Sítio do Espanhol.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/157/indic_72-2025-maria_lina.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/157/indic_72-2025-maria_lina.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de fornecimento de sensor de monitoramento de glicose freestyle libre para crianças (matriculadas na rede pública municipal de ensino) e idosos de baixa renda (acima de 60 anos) diagnosticados com diabetes tipo 1 e tipo 2.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de consertar os túmulos abertos localizados no cemitério municipal que margeia a Rua Urias Rodrigues Paiva, tendo em vista que os mesmos estão danificando a calçada da via pública.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/166/indic_74-2025.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/166/indic_74-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de que sejam realizados estudos técnicos e administrativos visando à implantação de um Espaço Sensorial Inclusivo em alguma praça pública do Município, destinado especialmente a crianças com Transtorno do Espectro Autista (TEA).</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/167/indic_75-2025_pr._ivano.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/167/indic_75-2025_pr._ivano.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de que seja realizada a pintura e revitalização da placa de identificação do Viveiro Municipal “Jardineiro José Pereira da Silva”, uma vez que a mesma se encontra desgastada e com a pintura apagada.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/170/indic_76-2025_ver._natan.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/170/indic_76-2025_ver._natan.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito à possibilidade de adquirir postes multiesportes para utilização no Ginásio de Esportes Manoel Basílio, permitindo a prática de vôlei masculino, vôlei feminino, futevôlei e tênis.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/173/indic_77-2025-natan.pdf</t>
+    <t>http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/173/indic_77-2025-natan.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito a possibilidade de instalar um sistema de climatização no Ginásio de Esportes Manoel Basílio e no prédio onde funciona a academia utilizada para treino funcional.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1209,68 +1209,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/14/indic_01-2025_neto.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/15/indic_02-2025_humberto.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/16/indic_03-2025_humberto.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/17/indic_04-2025_ver_pr._ivano.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/18/indic_05-2025_aparecido.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/19/indic_06-2025_aparecido.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/20/indic_07-2025_jose_roberto_.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/21/indic_08-2025_ver.jose_roberto.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/22/indic_09-2025_ver.jose_roberto.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/23/indic_10-2025-natan.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/24/indic_11-2025_natan.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/25/indic_12-2025_natan.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/26/indic_13-2025_natan.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/27/indic_14-2025_natan.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/28/indic_15-2025_natan.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/29/indic_16-2025_natan.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/30/indic_17-2025_ver.pr.ivano.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/31/indic_18-2025_ver_pr._ivano.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/32/indic_19-2025_neto.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/39/indic_20-2025_pr._ivano.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/40/indic_21-2025_humberto.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/41/indic_22-2025_jose_roberto.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/49/indic_23-2025_jose_roberto.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/50/indic_24-2025_natan.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/51/indic_25-2025_humberto.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/52/indic_26-2025_humberto.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/53/indic_27-2025_victor.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/54/indic_28-2025_pr._ivano.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/55/indic_29-2025_natan.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/61/indicacao_30-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/64/indic_31-2025_pastor_cido.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/65/indic_32-2025_neto.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/66/indic_33-2025_maria_lina.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/67/indic_34-2025-maria_lina.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/68/indic_35-2025-maria_lina.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/69/indic_36-2025_victor_hugo.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/70/indic_37-2025_ver._pr._ivano.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/75/indicacao_39-2025-ver._polodo.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/76/indicacao_40-2025-ver.pr.ivano.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/77/indicacao_41-2025-ver.maria_lina.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/82/indic_42-2025-ver.natan.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/83/indic_43-2025-ver.natan.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/84/indic_44-2025-ver.natan.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/85/indic_45-2025-ver.natan.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/86/indic_46-2025-ver.pr.cido.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/87/indic_47-2025-ver.neto.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/90/indic_48-2025-ver.maria_lina.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/91/indic_49-2025-ver.maria_lina.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/92/indic_50-2025-ver.natan.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/93/indic_51-2025-ver.pr.ivano.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/94/indic_52-2025-ver.pr.ivano.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/97/indic_53-2025_ver.humberto.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/98/indic_54-2025-ver._neto.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/99/indic_55-2025-ver._neto.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/100/indic_56-2025-ver._natan.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/102/indic_57-2025-ver._natan.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/112/indic_58-2025_natan.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/113/indic_59-2025_natan.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/129/indic_60-2025-neto.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/130/indic_61-2025-pr._ivano.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/131/indic_62-2025-natan.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/132/indic_63-2025-pr.cido.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/133/indic_64-2025-humberto.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/134/indic_65-2025-maria_lina.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/136/indic_66-2025-ver.neto.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/137/indic_67-2025-ver.humberto.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/139/indic_68-2025_natan.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/140/indic_69-2025_pr._ivano.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/147/indic_70-2025_natan.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/157/indic_72-2025-maria_lina.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/166/indic_74-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/167/indic_75-2025_pr._ivano.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/170/indic_76-2025_ver._natan.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/173/indic_77-2025-natan.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/14/indic_01-2025_neto.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/15/indic_02-2025_humberto.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/16/indic_03-2025_humberto.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/17/indic_04-2025_ver_pr._ivano.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/18/indic_05-2025_aparecido.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/19/indic_06-2025_aparecido.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/20/indic_07-2025_jose_roberto_.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/21/indic_08-2025_ver.jose_roberto.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/22/indic_09-2025_ver.jose_roberto.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/23/indic_10-2025-natan.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/24/indic_11-2025_natan.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/25/indic_12-2025_natan.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/26/indic_13-2025_natan.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/27/indic_14-2025_natan.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/28/indic_15-2025_natan.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/29/indic_16-2025_natan.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/30/indic_17-2025_ver.pr.ivano.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/31/indic_18-2025_ver_pr._ivano.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/32/indic_19-2025_neto.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/39/indic_20-2025_pr._ivano.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/40/indic_21-2025_humberto.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/41/indic_22-2025_jose_roberto.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/49/indic_23-2025_jose_roberto.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/50/indic_24-2025_natan.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/51/indic_25-2025_humberto.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/52/indic_26-2025_humberto.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/53/indic_27-2025_victor.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/54/indic_28-2025_pr._ivano.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/55/indic_29-2025_natan.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/61/indicacao_30-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/64/indic_31-2025_pastor_cido.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/65/indic_32-2025_neto.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/66/indic_33-2025_maria_lina.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/67/indic_34-2025-maria_lina.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/68/indic_35-2025-maria_lina.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/69/indic_36-2025_victor_hugo.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/70/indic_37-2025_ver._pr._ivano.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/75/indicacao_39-2025-ver._polodo.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/76/indicacao_40-2025-ver.pr.ivano.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/77/indicacao_41-2025-ver.maria_lina.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/82/indic_42-2025-ver.natan.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/83/indic_43-2025-ver.natan.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/84/indic_44-2025-ver.natan.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/85/indic_45-2025-ver.natan.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/86/indic_46-2025-ver.pr.cido.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/87/indic_47-2025-ver.neto.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/90/indic_48-2025-ver.maria_lina.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/91/indic_49-2025-ver.maria_lina.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/92/indic_50-2025-ver.natan.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/93/indic_51-2025-ver.pr.ivano.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/94/indic_52-2025-ver.pr.ivano.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/97/indic_53-2025_ver.humberto.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/98/indic_54-2025-ver._neto.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/99/indic_55-2025-ver._neto.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/100/indic_56-2025-ver._natan.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/102/indic_57-2025-ver._natan.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/112/indic_58-2025_natan.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/113/indic_59-2025_natan.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/129/indic_60-2025-neto.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/130/indic_61-2025-pr._ivano.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/131/indic_62-2025-natan.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/132/indic_63-2025-pr.cido.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/133/indic_64-2025-humberto.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/134/indic_65-2025-maria_lina.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/136/indic_66-2025-ver.neto.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/137/indic_67-2025-ver.humberto.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/139/indic_68-2025_natan.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/140/indic_69-2025_pr._ivano.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/147/indic_70-2025_natan.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/157/indic_72-2025-maria_lina.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/166/indic_74-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/167/indic_75-2025_pr._ivano.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/170/indic_76-2025_ver._natan.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.magda.sp.leg.br/media/sapl/public/materialegislativa/2025/173/indic_77-2025-natan.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H78"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="24" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="101.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="100.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>