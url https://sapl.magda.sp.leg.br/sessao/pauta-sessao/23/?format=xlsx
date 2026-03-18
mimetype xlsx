--- v0 (2026-01-30)
+++ v1 (2026-03-18)
@@ -42,51 +42,51 @@
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>Eleição de Membro(s) da Mesa Diretora nº 1 de 2026</t>
   </si>
   <si>
     <t>Plenário - PN</t>
   </si>
   <si>
     <t>Eleição para o cargo vago de Presidente da Mesa Diretora da Câmara Municipal de Magda, para o término do biênio 2025/2026.</t>
   </si>
   <si>
-    <t>Aguardando deliberação</t>
+    <t>Proposição aguardando deliberação</t>
   </si>
   <si>
     <t>Eleição de Membro(s) da Mesa Diretora nº 2 de 2026</t>
   </si>
   <si>
     <t>Eleição para o cargo vago de Vice-Presidente da Mesa Diretora da Câmara Municipal de Magda, para o término do biênio 2025/2026.</t>
   </si>
   <si>
     <t>Ata Sessão Plenária Extraordinária nº 1 de 2026</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
     <t>Ata 1ª Extraordinária 2026</t>
   </si>
   <si>
     <t>Proposição aprovada</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
@@ -407,51 +407,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="10" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="47.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="13.42578125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="116.7109375" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="23" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="33.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
         <v>184</v>